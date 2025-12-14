--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -1,138 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="7065CDB2" w14:textId="77777777" w:rsidR="00326E8C" w:rsidRDefault="00321369" w:rsidP="00326E8C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue canadienne de l’apprentissage et de la technologie </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28670CCC" w14:textId="7500EAC8" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00326E8C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Author Information:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -827,123 +762,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>The following is an agreement between the author(s) listed above (the “Author”) and the Editors of </w:t>
       </w:r>
       <w:r w:rsidR="00321369" w:rsidRPr="002F4C0D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue canadienne de l’apprentissage et de la technologie </w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>(CJLT/RCAT)</w:t>
       </w:r>
       <w:r w:rsidR="000232A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
@@ -1021,79 +884,77 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">the Author hereby grants to </w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>CJLT/RCAT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>licen</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF5759">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
@@ -1151,63 +1012,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">publish, reproduce, publicly display, and distribute the Work in perpetuity throughout the world in all means of expression by any method or media now known or hereafter developed, including electronic </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>publish, reproduce, publicly display, and distribute the Work in perpetuity throughout the world in all means of expression by any method or media now known or hereafter developed, including electronic format;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="53FE74A3" w14:textId="084AF69A" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00321369">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>1.2</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -1278,71 +1128,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>1.3</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">license others to do any or </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the above.</w:t>
+        <w:t>license others to do any or all of the above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C73B408" w14:textId="66222502" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_gaho6yfbuxlm" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Section 2: Prior Publication &amp; Publication by Others</w:t>
       </w:r>
       <w:r w:rsidR="00016332">
         <w:tab/>
         <w:t>_____ Author’s Initial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DCE6E7F" w14:textId="38880420" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00021F76">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
@@ -1509,111 +1339,51 @@
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>“Originally published in the </w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Canadian Journal of Learning and Technology | La Revue canadienne de l’apprentissage et de la technologie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>[Volume, Issue]: [JOURNAL URL].”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC1F68F" w14:textId="5002330C" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_5hmuf5x85zhz" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>Section 3: Editing and Formatting</w:t>
       </w:r>
       <w:r w:rsidR="00876E9C">
         <w:tab/>
@@ -1828,66 +1598,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>4.2.1</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:commentRangeStart w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>reproduce and distribute the Work, and to authorize others to reproduce and distribute the Work, in any format;</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00EF5759">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065463B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>with attribution to the original Work published by CJLT/RCAT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DB64CC" w14:textId="04CE15A1" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00021F76">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
@@ -1907,79 +1669,79 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>4.2.2</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">post a version of the Work in an institutional repository or the Author’s personal or departmental web page </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk161339895"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk161339895"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>so long as </w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">CJLT/RCAT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>is cited as the source of first publication of the Work (see sample acknowledgement above).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="3FB6B0AA" w14:textId="71206587" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00021F76">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1287" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>4.2.3</w:t>
@@ -2051,114 +1813,72 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>The Editors and Editorial Board of </w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">CJLT/RCAT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">requires authors to publish the Work under a Creative Commons Attribution </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">requires authors to publish the Work under a Creative Commons Attribution NonCommercial 4.0 International </w:t>
+      </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...30 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CC BY NC 4.0) that allows others to distribute, remix, tweak, and build upon the Work, as long as it is not for commercial use, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_ywizye88xtal" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="0065463B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>with attribution</w:t>
       </w:r>
       <w:r w:rsidR="0065463B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065463B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>to the original Work published by CJLT/RCAT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="532DE9FB" w14:textId="1D5CED51" w:rsidR="002737EB" w:rsidRPr="0065463B" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -2203,102 +1923,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">The Author </w:t>
       </w:r>
       <w:r w:rsidR="0065463B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">and co-authors are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>the sole author</w:t>
       </w:r>
       <w:r w:rsidR="0065463B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Work identified in the Work submitted for publication. </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29571778" w14:textId="20A34ED6" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00321369">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
       <w:r w:rsidR="00321369">
         <w:rPr>
@@ -2715,155 +2427,135 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">CJLT/RCAT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>harmless against loss, damages, expenses, awards, and judgments arising from breach of any such warranties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274563ED" w14:textId="11091046" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_cytpa08alwvn" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:id="6" w:name="_cytpa08alwvn" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>Section 6: Governing Law</w:t>
       </w:r>
       <w:r w:rsidR="00876E9C">
         <w:tab/>
         <w:t>____ Author’s Initial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C173C83" w14:textId="77777777" w:rsidR="002737EB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>This agreement is entered into in Alberta and shall be governed and construed in accordance with the substantive law of the Province of Alberta and applicable Canadian federal law.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12793706" w14:textId="23C20AB9" w:rsidR="002737EB" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_lchezvc1zrf4" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="7" w:name="_lchezvc1zrf4" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>Section 7: The Reuse of Third-Party Works</w:t>
       </w:r>
       <w:r w:rsidR="00876E9C">
         <w:tab/>
         <w:t>____ Author’s Initial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E66FCD0" w14:textId="2A65E47E" w:rsidR="008B5976" w:rsidRDefault="00321369">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">CJLT/RCAT requires that the Author determine, prior to publication, whether it is necessary to obtain permissions from any third party who holds rights with respect to any photographs, illustrations, drawings, text, or any other material (“third-party work”) to be published with or in connection with the Work. Copyright permission will not be necessary if the use is determined to be fair dealing, </w:t>
       </w:r>
       <w:r w:rsidR="00EF5759">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">f the work is in the public domain, or if the rights-holder has granted a Creative Commons or other </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. If either the Author or CJLT/RCAT determines for any reason that permission is required to include any third-party work, the Author </w:t>
+        <w:t xml:space="preserve">f the work is in the public domain, or if the rights-holder has granted a Creative Commons or other licence. If either the Author or CJLT/RCAT determines for any reason that permission is required to include any third-party work, the Author </w:t>
       </w:r>
       <w:r w:rsidR="00EF5759">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">agrees to take responsibility and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="111111"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>obtain written permission from the rightsholder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C826C0E" w14:textId="46F2BAB5" w:rsidR="00F55278" w:rsidRDefault="00000000" w:rsidP="00876E9C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -3034,51 +2726,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="643DA4E6" wp14:editId="5B64536C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>389467</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1652270" cy="574040"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 8" descr="A picture containing text, clipart&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8" descr="A picture containing text, clipart&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1652270" cy="574040"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -3144,292 +2836,220 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(2024) </w:t>
       </w:r>
       <w:r w:rsidR="00F76DC2" w:rsidRPr="005F5440">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">with permission from the University of Alberta </w:t>
       </w:r>
       <w:r w:rsidRPr="005F5440">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">prepared on February 15, 2017 and updated March 19, 2021 is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId8">
         <w:r w:rsidRPr="005F5440">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>JCEL Author Agreement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F5440">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and is </w:t>
       </w:r>
       <w:r w:rsidRPr="005F5440">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">made available under a </w:t>
       </w:r>
       <w:r w:rsidR="005F5440" w:rsidRPr="005F5440">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Creative Commons Attribution-NonCommercial CC-BY-NC 4.0 International license.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002737EB" w:rsidRPr="005F5440" w:rsidSect="00CA7A34">
-      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...70 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E62062D" w14:textId="77777777" w:rsidR="00E35B29" w:rsidRDefault="00E35B29" w:rsidP="00326E8C">
+    <w:p w14:paraId="3043D51A" w14:textId="77777777" w:rsidR="00F32BDE" w:rsidRDefault="00F32BDE" w:rsidP="00326E8C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79279F25" w14:textId="77777777" w:rsidR="00E35B29" w:rsidRDefault="00E35B29" w:rsidP="00326E8C">
+    <w:p w14:paraId="4DE58667" w14:textId="77777777" w:rsidR="00F32BDE" w:rsidRDefault="00F32BDE" w:rsidP="00326E8C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E451CBD" w14:textId="77777777" w:rsidR="00E35B29" w:rsidRDefault="00E35B29" w:rsidP="00326E8C">
+    <w:p w14:paraId="0CE43327" w14:textId="77777777" w:rsidR="00F32BDE" w:rsidRDefault="00F32BDE" w:rsidP="00326E8C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D593F90" w14:textId="77777777" w:rsidR="00E35B29" w:rsidRDefault="00E35B29" w:rsidP="00326E8C">
+    <w:p w14:paraId="587688AE" w14:textId="77777777" w:rsidR="00F32BDE" w:rsidRDefault="00F32BDE" w:rsidP="00326E8C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="7CD452C6" w14:textId="7A17B49F" w:rsidR="00326E8C" w:rsidRPr="002F4C0D" w:rsidRDefault="00326E8C" w:rsidP="00326E8C">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="111111"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002F4C0D">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="111111"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Publication Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EE46F53"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30082FDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3505,145 +3125,139 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1184629177">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002737EB"/>
     <w:rsid w:val="00016332"/>
     <w:rsid w:val="00021F76"/>
     <w:rsid w:val="000232A8"/>
     <w:rsid w:val="001F48AD"/>
     <w:rsid w:val="0020437D"/>
     <w:rsid w:val="002737EB"/>
     <w:rsid w:val="002C38F9"/>
     <w:rsid w:val="002F4C0D"/>
     <w:rsid w:val="00321369"/>
     <w:rsid w:val="00326E8C"/>
+    <w:rsid w:val="0037425F"/>
     <w:rsid w:val="0050645B"/>
     <w:rsid w:val="005F5440"/>
     <w:rsid w:val="00652ABB"/>
     <w:rsid w:val="0065463B"/>
     <w:rsid w:val="00876E9C"/>
     <w:rsid w:val="00895F4B"/>
     <w:rsid w:val="008B5976"/>
     <w:rsid w:val="00903F96"/>
     <w:rsid w:val="009269AD"/>
     <w:rsid w:val="00936C19"/>
     <w:rsid w:val="00BB4A64"/>
     <w:rsid w:val="00BC6836"/>
     <w:rsid w:val="00BF2C1B"/>
+    <w:rsid w:val="00C53182"/>
     <w:rsid w:val="00C6636C"/>
     <w:rsid w:val="00CA7A34"/>
     <w:rsid w:val="00D917C2"/>
     <w:rsid w:val="00E35B29"/>
     <w:rsid w:val="00EE634E"/>
     <w:rsid w:val="00EF5759"/>
+    <w:rsid w:val="00F32BDE"/>
     <w:rsid w:val="00F55278"/>
     <w:rsid w:val="00F76DC2"/>
     <w:rsid w:val="00FE0AED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="46B3177E"/>
   <w15:docId w15:val="{A632D1DF-3B82-F34F-9333-63C883DB037B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4315,55 +3929,55 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF5759"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF5759"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jcel-pub.org/PublicationAgreement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jcel-pub.org/PublicationAgreement" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4647,65 +4261,65 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1045</Words>
-  <Characters>5897</Characters>
+  <Words>1035</Words>
+  <Characters>5905</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6922</CharactersWithSpaces>
+  <CharactersWithSpaces>6927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dr. Marti Cleveland-Innes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>